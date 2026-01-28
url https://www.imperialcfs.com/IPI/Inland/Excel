--- v0 (2025-11-28)
+++ v1 (2026-01-28)
@@ -372,57 +372,57 @@
   <si>
     <t>WWW.CANDCWAREHOUSE.COM</t>
   </si>
   <si>
     <t>CHELSEA@CANDCWAREHOUSE.COM, JINNY@CANDCWAREHOUSE.COM</t>
   </si>
   <si>
     <t>(843)818-2332</t>
   </si>
   <si>
     <t>JINNY KARMITZ</t>
   </si>
   <si>
     <t>CHARLOTTE</t>
   </si>
   <si>
     <t>M031</t>
   </si>
   <si>
     <t>USCLT</t>
   </si>
   <si>
     <t>CLT AIR FREIGHT CARRIER</t>
   </si>
   <si>
-    <t>4325 BEAM ROAD STE #104</t>
+    <t>6615 S I-85 SERVICE ROAD SUITE#105</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
-    <t>28217</t>
+    <t>28214</t>
   </si>
   <si>
     <t>WWW.CLTAIR.COM</t>
   </si>
   <si>
     <t>IMPORTS@CLTAIR.COM</t>
   </si>
   <si>
     <t>(704)357-9337</t>
   </si>
   <si>
     <t>(704)357-6077</t>
   </si>
   <si>
     <t>TEJUANA</t>
   </si>
   <si>
     <t>CHATTANOOGA</t>
   </si>
   <si>
     <t>R125</t>
   </si>
   <si>
     <t>USCHA</t>
   </si>
@@ -510,81 +510,75 @@
   <si>
     <t>OH</t>
   </si>
   <si>
     <t>45241</t>
   </si>
   <si>
     <t>HTTPS://VOGTWAREHOUSE.COM/</t>
   </si>
   <si>
     <t>VOGTCIN@VOGTWAREHOUSE.COM</t>
   </si>
   <si>
     <t>(513)326-4150</t>
   </si>
   <si>
     <t>(513)672-2131</t>
   </si>
   <si>
     <t>SUE NABEL</t>
   </si>
   <si>
     <t>CLEVELAND</t>
   </si>
   <si>
-    <t>HAM3</t>
+    <t>H651</t>
   </si>
   <si>
     <t>USCLE</t>
   </si>
   <si>
-    <t>AIR GROUND XPRESS, INC</t>
-[...23 lines deleted...]
-    <t>CINDY GUSTAFSON</t>
+    <t>ON TIME DELIVERY &amp; WAREHOUSE</t>
+  </si>
+  <si>
+    <t>6675 EASTLAND RD</t>
+  </si>
+  <si>
+    <t>MIDDLEBURG HEIGHTS</t>
+  </si>
+  <si>
+    <t>44130</t>
+  </si>
+  <si>
+    <t>WWW.OTDW.NET</t>
+  </si>
+  <si>
+    <t>WAREHOUSE@OTDW.NET</t>
+  </si>
+  <si>
+    <t>(440)826-4630</t>
   </si>
   <si>
     <t>COLUMBUS</t>
   </si>
   <si>
     <t>J633</t>
   </si>
   <si>
     <t>USCMH</t>
   </si>
   <si>
     <t>WORLD DISTRIBUTION SERVICES</t>
   </si>
   <si>
     <t>6969 ALUM CREEK DRIVE SUITE#5</t>
   </si>
   <si>
     <t>43217</t>
   </si>
   <si>
     <t>WWW.WORLDDS.NET</t>
   </si>
   <si>
     <t xml:space="preserve">WDSCOL@WORLDDS.NET  &amp;  NELL.HAMBRICK@WORLDDS.NET</t>
   </si>
@@ -1755,75 +1749,81 @@
   <si>
     <t>USPHX</t>
   </si>
   <si>
     <t>1411 S 47TH AVE #140</t>
   </si>
   <si>
     <t>85043</t>
   </si>
   <si>
     <t>PHXCFS@ENERGYTRANSPORTLOGISTICS.COM</t>
   </si>
   <si>
     <t>(602)892-0719</t>
   </si>
   <si>
     <t>(602)344-9581</t>
   </si>
   <si>
     <t>JOHN MEZA</t>
   </si>
   <si>
     <t>PITTSBURGH</t>
   </si>
   <si>
-    <t>B370</t>
+    <t>D281</t>
   </si>
   <si>
     <t>USPIT</t>
   </si>
   <si>
-    <t>2400 SWEENEY DRIVE STE#100</t>
+    <t>DIAMOND CARGO EXPRESS</t>
+  </si>
+  <si>
+    <t>1728 ROUTE 30</t>
   </si>
   <si>
     <t>CLINTON</t>
   </si>
   <si>
     <t>15026</t>
   </si>
   <si>
-    <t>AGXCES@AIRGROUNDXPRESS.COM, THOBBS@AIRGROUND.COM</t>
-[...8 lines deleted...]
-    <t>TRACY HOBBS</t>
+    <t>WWW.DIAMONDCX.COM</t>
+  </si>
+  <si>
+    <t>CFS@DIAMONDCX.COM</t>
+  </si>
+  <si>
+    <t>(412)722-0760</t>
+  </si>
+  <si>
+    <t>(412)722-0773</t>
+  </si>
+  <si>
+    <t>REBECCA FINCH</t>
   </si>
   <si>
     <t>PORTLAND</t>
   </si>
   <si>
     <t>W995</t>
   </si>
   <si>
     <t>USPDX</t>
   </si>
   <si>
     <t>TERMINAL TRANSFER INC.</t>
   </si>
   <si>
     <t>15745 N. LOMBARD STREET SUITE 100</t>
   </si>
   <si>
     <t>OR</t>
   </si>
   <si>
     <t>97203</t>
   </si>
   <si>
     <t>WWW.TERMINALTRANSFER.COM</t>
   </si>
@@ -2443,51 +2443,51 @@
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O73"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.559458732605" customWidth="1"/>
     <col min="2" max="2" width="11.094801902771" customWidth="1"/>
     <col min="3" max="3" width="10.8697271347046" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="40.3718566894531" customWidth="1"/>
     <col min="6" max="6" width="38.0075569152832" customWidth="1"/>
-    <col min="7" max="7" width="18.2900199890137" customWidth="1"/>
+    <col min="7" max="7" width="20.9735202789307" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="40.2337417602539" customWidth="1"/>
     <col min="11" max="11" width="84.1426773071289" customWidth="1"/>
     <col min="12" max="12" width="20.6001014709473" customWidth="1"/>
     <col min="13" max="13" width="13.6054048538208" customWidth="1"/>
     <col min="14" max="14" width="33.2298431396484" customWidth="1"/>
     <col min="15" max="15" width="45.2293701171875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
@@ -3169,1828 +3169,1828 @@
       <c r="E16" s="5" t="s">
         <v>170</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>171</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>172</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>160</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>173</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>174</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>175</v>
       </c>
       <c r="L16" s="5" t="s">
         <v>176</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>177</v>
+        <v>17</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>178</v>
+        <v>17</v>
       </c>
       <c r="O16" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="D17" s="4" t="s">
         <v>179</v>
       </c>
-      <c r="B17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="4" t="s">
+      <c r="E17" s="4" t="s">
         <v>180</v>
       </c>
-      <c r="D17" s="4" t="s">
+      <c r="F17" s="4" t="s">
         <v>181</v>
       </c>
-      <c r="E17" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G17" s="4" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>160</v>
       </c>
       <c r="I17" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="J17" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="K17" s="4" t="s">
         <v>184</v>
       </c>
-      <c r="J17" s="4" t="s">
+      <c r="L17" s="4" t="s">
         <v>185</v>
       </c>
-      <c r="K17" s="4" t="s">
+      <c r="M17" s="4" t="s">
         <v>186</v>
       </c>
-      <c r="L17" s="4" t="s">
+      <c r="N17" s="4" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D18" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="B18" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="5" t="s">
+      <c r="E18" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="D18" s="5" t="s">
+      <c r="F18" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="E18" s="5" t="s">
+      <c r="G18" s="5" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>46</v>
       </c>
       <c r="I18" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="L18" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="L18" s="5" t="s">
+      <c r="N18" s="5" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="O18" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="D19" s="4" t="s">
         <v>202</v>
       </c>
-      <c r="B19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="4" t="s">
+      <c r="E19" s="4" t="s">
         <v>203</v>
       </c>
-      <c r="D19" s="4" t="s">
+      <c r="F19" s="4" t="s">
         <v>204</v>
       </c>
-      <c r="E19" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G19" s="4" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>160</v>
       </c>
       <c r="I19" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="J19" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="K19" s="4" t="s">
         <v>207</v>
       </c>
-      <c r="J19" s="4" t="s">
+      <c r="L19" s="4" t="s">
         <v>208</v>
       </c>
-      <c r="K19" s="4" t="s">
+      <c r="M19" s="4" t="s">
         <v>209</v>
       </c>
-      <c r="L19" s="4" t="s">
+      <c r="N19" s="4" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="D20" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="5" t="s">
+      <c r="E20" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="F20" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="D20" s="5" t="s">
+      <c r="G20" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="E20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="5" t="s">
+      <c r="H20" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="G20" s="5" t="s">
+      <c r="I20" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="H20" s="5" t="s">
+      <c r="J20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="L20" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="J20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="L20" s="5" t="s">
+      <c r="N20" s="5" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
       <c r="O20" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="D21" s="4" t="s">
         <v>224</v>
       </c>
-      <c r="B21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="4" t="s">
+      <c r="E21" s="4" t="s">
         <v>225</v>
       </c>
-      <c r="D21" s="4" t="s">
+      <c r="F21" s="4" t="s">
         <v>226</v>
       </c>
-      <c r="E21" s="4" t="s">
+      <c r="G21" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="H21" s="4" t="s">
         <v>227</v>
       </c>
-      <c r="F21" s="4" t="s">
+      <c r="I21" s="4" t="s">
         <v>228</v>
       </c>
-      <c r="G21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H21" s="4" t="s">
+      <c r="J21" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="K21" s="4" t="s">
         <v>229</v>
       </c>
-      <c r="I21" s="4" t="s">
+      <c r="L21" s="4" t="s">
         <v>230</v>
       </c>
-      <c r="J21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K21" s="4" t="s">
+      <c r="M21" s="4" t="s">
         <v>231</v>
       </c>
-      <c r="L21" s="4" t="s">
+      <c r="N21" s="4" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="D22" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="B22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="5" t="s">
+      <c r="E22" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="D22" s="5" t="s">
+      <c r="F22" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="E22" s="5" t="s">
+      <c r="G22" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="F22" s="5" t="s">
+      <c r="H22" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="G22" s="5" t="s">
+      <c r="I22" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="H22" s="5" t="s">
+      <c r="J22" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>242</v>
       </c>
-      <c r="J22" s="5" t="s">
+      <c r="L22" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="K22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="L22" s="5" t="s">
+      <c r="N22" s="5" t="s">
         <v>245</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
       <c r="O22" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="D23" s="4" t="s">
         <v>248</v>
-      </c>
-[...7 lines deleted...]
-        <v>250</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="4" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G23" s="4" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>46</v>
       </c>
       <c r="I23" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="J23" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="K23" s="4" t="s">
         <v>252</v>
       </c>
-      <c r="J23" s="4" t="s">
+      <c r="L23" s="4" t="s">
         <v>253</v>
       </c>
-      <c r="K23" s="4" t="s">
+      <c r="M23" s="4" t="s">
         <v>254</v>
       </c>
-      <c r="L23" s="4" t="s">
+      <c r="N23" s="4" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="D24" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="5" t="s">
+      <c r="E24" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="F24" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="D24" s="5" t="s">
+      <c r="G24" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="I24" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="E24" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="5" t="s">
+      <c r="J24" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K24" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="G24" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I24" s="5" t="s">
+      <c r="L24" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="J24" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K24" s="5" t="s">
+      <c r="M24" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="L24" s="5" t="s">
+      <c r="N24" s="5" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
       <c r="O24" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="D25" s="4" t="s">
         <v>267</v>
       </c>
-      <c r="B25" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="4" t="s">
+      <c r="E25" s="4" t="s">
         <v>268</v>
       </c>
-      <c r="D25" s="4" t="s">
+      <c r="F25" s="4" t="s">
         <v>269</v>
       </c>
-      <c r="E25" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G25" s="4" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>123</v>
       </c>
       <c r="I25" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="J25" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="K25" s="4" t="s">
         <v>272</v>
       </c>
-      <c r="J25" s="4" t="s">
+      <c r="L25" s="4" t="s">
         <v>273</v>
       </c>
-      <c r="K25" s="4" t="s">
+      <c r="M25" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="N25" s="4" t="s">
         <v>274</v>
-      </c>
-[...7 lines deleted...]
-        <v>276</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="D26" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="B26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="5" t="s">
+      <c r="E26" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="F26" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="D26" s="5" t="s">
+      <c r="G26" s="5" t="s">
         <v>279</v>
-      </c>
-[...7 lines deleted...]
-        <v>281</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>112</v>
       </c>
       <c r="I26" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="L26" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="J26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K26" s="5" t="s">
+      <c r="M26" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="L26" s="5" t="s">
+      <c r="N26" s="5" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
       <c r="O26" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="D27" s="4" t="s">
         <v>287</v>
-      </c>
-[...7 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>87</v>
       </c>
       <c r="F27" s="4" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="G27" s="4" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>46</v>
       </c>
       <c r="I27" s="4" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="J27" s="4" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L27" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="M27" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="N27" s="4" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="B28" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="5" t="s">
+      <c r="E28" s="5" t="s">
         <v>298</v>
       </c>
-      <c r="D28" s="5" t="s">
+      <c r="F28" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="E28" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G28" s="5" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>46</v>
       </c>
       <c r="I28" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="K28" s="5" t="s">
         <v>302</v>
       </c>
-      <c r="J28" s="5" t="s">
+      <c r="L28" s="5" t="s">
         <v>303</v>
       </c>
-      <c r="K28" s="5" t="s">
+      <c r="M28" s="5" t="s">
         <v>304</v>
       </c>
-      <c r="L28" s="5" t="s">
+      <c r="N28" s="5" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
       <c r="O28" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="D29" s="4" t="s">
         <v>308</v>
-      </c>
-[...7 lines deleted...]
-        <v>310</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>65</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="G29" s="4" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>67</v>
       </c>
       <c r="I29" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="J29" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="K29" s="4" t="s">
         <v>313</v>
       </c>
-      <c r="J29" s="4" t="s">
+      <c r="L29" s="4" t="s">
         <v>314</v>
       </c>
-      <c r="K29" s="4" t="s">
+      <c r="M29" s="4" t="s">
         <v>315</v>
       </c>
-      <c r="L29" s="4" t="s">
+      <c r="N29" s="4" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="D30" s="5" t="s">
         <v>319</v>
       </c>
-      <c r="B30" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="5" t="s">
+      <c r="E30" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="F30" s="5" t="s">
         <v>320</v>
       </c>
-      <c r="D30" s="5" t="s">
+      <c r="G30" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="H30" s="5" t="s">
         <v>321</v>
       </c>
-      <c r="E30" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="5" t="s">
+      <c r="I30" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="G30" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H30" s="5" t="s">
+      <c r="J30" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="K30" s="5" t="s">
         <v>323</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="L30" s="5" t="s">
         <v>324</v>
       </c>
-      <c r="J30" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K30" s="5" t="s">
+      <c r="M30" s="5" t="s">
         <v>325</v>
       </c>
-      <c r="L30" s="5" t="s">
+      <c r="N30" s="5" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
       <c r="O30" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="D31" s="4" t="s">
         <v>329</v>
-      </c>
-[...7 lines deleted...]
-        <v>331</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>145</v>
       </c>
       <c r="F31" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="G31" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="H31" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="I31" s="4" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>334</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>150</v>
       </c>
       <c r="K31" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="L31" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="M31" s="4" t="s">
         <v>335</v>
       </c>
-      <c r="L31" s="4" t="s">
+      <c r="N31" s="4" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="D32" s="5" t="s">
         <v>339</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="5" t="s">
+      <c r="E32" s="5" t="s">
         <v>340</v>
       </c>
-      <c r="D32" s="5" t="s">
+      <c r="F32" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="E32" s="5" t="s">
+      <c r="G32" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>342</v>
       </c>
-      <c r="F32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>343</v>
       </c>
-      <c r="G32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>344</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="K32" s="5" t="s">
         <v>345</v>
       </c>
-      <c r="J32" s="5" t="s">
+      <c r="L32" s="5" t="s">
         <v>346</v>
       </c>
-      <c r="K32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>347</v>
       </c>
-      <c r="L32" s="5" t="s">
+      <c r="N32" s="5" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>350</v>
       </c>
       <c r="O32" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="D33" s="4" t="s">
         <v>351</v>
       </c>
-      <c r="B33" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="4" t="s">
+      <c r="E33" s="4" t="s">
         <v>352</v>
       </c>
-      <c r="D33" s="4" t="s">
+      <c r="F33" s="4" t="s">
         <v>353</v>
       </c>
-      <c r="E33" s="4" t="s">
+      <c r="G33" s="4" t="s">
         <v>354</v>
       </c>
-      <c r="F33" s="4" t="s">
+      <c r="H33" s="4" t="s">
         <v>355</v>
       </c>
-      <c r="G33" s="4" t="s">
+      <c r="I33" s="4" t="s">
         <v>356</v>
       </c>
-      <c r="H33" s="4" t="s">
+      <c r="J33" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K33" s="4" t="s">
         <v>357</v>
       </c>
-      <c r="I33" s="4" t="s">
+      <c r="L33" s="4" t="s">
         <v>358</v>
       </c>
-      <c r="J33" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K33" s="4" t="s">
+      <c r="M33" s="4" t="s">
         <v>359</v>
       </c>
-      <c r="L33" s="4" t="s">
+      <c r="N33" s="4" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>362</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="D34" s="5" t="s">
         <v>363</v>
-      </c>
-[...7 lines deleted...]
-        <v>365</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>87</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="G34" s="5" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>46</v>
       </c>
       <c r="I34" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="K34" s="5" t="s">
         <v>367</v>
       </c>
-      <c r="J34" s="5" t="s">
+      <c r="L34" s="5" t="s">
         <v>368</v>
       </c>
-      <c r="K34" s="5" t="s">
+      <c r="M34" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="L34" s="5" t="s">
+      <c r="N34" s="5" t="s">
         <v>370</v>
-      </c>
-[...4 lines deleted...]
-        <v>372</v>
       </c>
       <c r="O34" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="D35" s="4" t="s">
         <v>373</v>
       </c>
-      <c r="B35" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="4" t="s">
+      <c r="E35" s="4" t="s">
         <v>374</v>
       </c>
-      <c r="D35" s="4" t="s">
+      <c r="F35" s="4" t="s">
         <v>375</v>
       </c>
-      <c r="E35" s="4" t="s">
+      <c r="G35" s="4" t="s">
         <v>376</v>
       </c>
-      <c r="F35" s="4" t="s">
+      <c r="H35" s="4" t="s">
         <v>377</v>
       </c>
-      <c r="G35" s="4" t="s">
+      <c r="I35" s="4" t="s">
         <v>378</v>
       </c>
-      <c r="H35" s="4" t="s">
+      <c r="J35" s="4" t="s">
         <v>379</v>
       </c>
-      <c r="I35" s="4" t="s">
+      <c r="K35" s="4" t="s">
         <v>380</v>
       </c>
-      <c r="J35" s="4" t="s">
+      <c r="L35" s="4" t="s">
         <v>381</v>
       </c>
-      <c r="K35" s="4" t="s">
+      <c r="M35" s="4" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>384</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="B36" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="5" t="s">
+      <c r="E36" s="5" t="s">
         <v>386</v>
       </c>
-      <c r="D36" s="5" t="s">
+      <c r="F36" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="E36" s="5" t="s">
+      <c r="G36" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="H36" s="5" t="s">
         <v>388</v>
       </c>
-      <c r="F36" s="5" t="s">
+      <c r="I36" s="5" t="s">
         <v>389</v>
       </c>
-      <c r="G36" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H36" s="5" t="s">
+      <c r="J36" s="5" t="s">
         <v>390</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="K36" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="J36" s="5" t="s">
+      <c r="L36" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="K36" s="5" t="s">
+      <c r="M36" s="5" t="s">
         <v>393</v>
-      </c>
-[...4 lines deleted...]
-        <v>395</v>
       </c>
       <c r="N36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O36" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="D37" s="4" t="s">
         <v>396</v>
       </c>
-      <c r="B37" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="4" t="s">
+      <c r="E37" s="4" t="s">
         <v>397</v>
       </c>
-      <c r="D37" s="4" t="s">
+      <c r="F37" s="4" t="s">
         <v>398</v>
       </c>
-      <c r="E37" s="4" t="s">
+      <c r="G37" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="H37" s="4" t="s">
         <v>399</v>
       </c>
-      <c r="F37" s="4" t="s">
+      <c r="I37" s="4" t="s">
         <v>400</v>
       </c>
-      <c r="G37" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H37" s="4" t="s">
+      <c r="J37" s="4" t="s">
         <v>401</v>
       </c>
-      <c r="I37" s="4" t="s">
+      <c r="K37" s="4" t="s">
         <v>402</v>
       </c>
-      <c r="J37" s="4" t="s">
+      <c r="L37" s="4" t="s">
         <v>403</v>
       </c>
-      <c r="K37" s="4" t="s">
+      <c r="M37" s="4" t="s">
         <v>404</v>
       </c>
-      <c r="L37" s="4" t="s">
+      <c r="N37" s="4" t="s">
         <v>405</v>
-      </c>
-[...4 lines deleted...]
-        <v>407</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="5" t="s">
+      <c r="E38" s="5" t="s">
         <v>409</v>
       </c>
-      <c r="D38" s="5" t="s">
+      <c r="F38" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="E38" s="5" t="s">
+      <c r="G38" s="5" t="s">
         <v>411</v>
       </c>
-      <c r="F38" s="5" t="s">
+      <c r="H38" s="5" t="s">
         <v>412</v>
       </c>
-      <c r="G38" s="5" t="s">
+      <c r="I38" s="5" t="s">
         <v>413</v>
       </c>
-      <c r="H38" s="5" t="s">
+      <c r="J38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K38" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="I38" s="5" t="s">
+      <c r="L38" s="5" t="s">
         <v>415</v>
       </c>
-      <c r="J38" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K38" s="5" t="s">
+      <c r="M38" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="L38" s="5" t="s">
+      <c r="N38" s="5" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>419</v>
       </c>
       <c r="O38" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>419</v>
+      </c>
+      <c r="D39" s="4" t="s">
         <v>420</v>
-      </c>
-[...7 lines deleted...]
-        <v>422</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>145</v>
       </c>
       <c r="F39" s="4" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="G39" s="4" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="H39" s="4" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="I39" s="4" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>150</v>
       </c>
       <c r="K39" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="L39" s="4" t="s">
+        <v>424</v>
+      </c>
+      <c r="M39" s="4" t="s">
         <v>425</v>
       </c>
-      <c r="L39" s="4" t="s">
+      <c r="N39" s="4" t="s">
         <v>426</v>
-      </c>
-[...4 lines deleted...]
-        <v>428</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="D40" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="B40" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="5" t="s">
+      <c r="E40" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="D40" s="5" t="s">
+      <c r="F40" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="E40" s="5" t="s">
+      <c r="G40" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H40" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="F40" s="5" t="s">
+      <c r="I40" s="5" t="s">
         <v>433</v>
       </c>
-      <c r="G40" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H40" s="5" t="s">
+      <c r="J40" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="I40" s="5" t="s">
+      <c r="K40" s="5" t="s">
         <v>435</v>
       </c>
-      <c r="J40" s="5" t="s">
+      <c r="L40" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="K40" s="5" t="s">
+      <c r="M40" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="L40" s="5" t="s">
+      <c r="N40" s="5" t="s">
         <v>438</v>
-      </c>
-[...4 lines deleted...]
-        <v>440</v>
       </c>
       <c r="O40" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="D41" s="4" t="s">
         <v>441</v>
       </c>
-      <c r="B41" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="4" t="s">
+      <c r="E41" s="4" t="s">
         <v>442</v>
       </c>
-      <c r="D41" s="4" t="s">
+      <c r="F41" s="4" t="s">
         <v>443</v>
       </c>
-      <c r="E41" s="4" t="s">
+      <c r="G41" s="4" t="s">
         <v>444</v>
       </c>
-      <c r="F41" s="4" t="s">
+      <c r="H41" s="4" t="s">
         <v>445</v>
       </c>
-      <c r="G41" s="4" t="s">
+      <c r="I41" s="4" t="s">
         <v>446</v>
       </c>
-      <c r="H41" s="4" t="s">
+      <c r="J41" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="K41" s="4" t="s">
         <v>447</v>
       </c>
-      <c r="I41" s="4" t="s">
+      <c r="L41" s="4" t="s">
         <v>448</v>
       </c>
-      <c r="J41" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K41" s="4" t="s">
+      <c r="M41" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="N41" s="4" t="s">
         <v>449</v>
       </c>
-      <c r="L41" s="4" t="s">
+      <c r="O41" s="4" t="s">
         <v>450</v>
-      </c>
-[...7 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="D42" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="B42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="5" t="s">
+      <c r="E42" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="D42" s="5" t="s">
+      <c r="F42" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="E42" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G42" s="5" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>67</v>
       </c>
       <c r="I42" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K42" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="L42" s="5" t="s">
         <v>458</v>
       </c>
-      <c r="J42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K42" s="5" t="s">
+      <c r="M42" s="5" t="s">
         <v>459</v>
       </c>
-      <c r="L42" s="5" t="s">
+      <c r="N42" s="5" t="s">
         <v>460</v>
-      </c>
-[...4 lines deleted...]
-        <v>462</v>
       </c>
       <c r="O42" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="D43" s="4" t="s">
         <v>463</v>
       </c>
-      <c r="B43" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="4" t="s">
+      <c r="E43" s="4" t="s">
         <v>464</v>
       </c>
-      <c r="D43" s="4" t="s">
+      <c r="F43" s="4" t="s">
         <v>465</v>
       </c>
-      <c r="E43" s="4" t="s">
+      <c r="G43" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="H43" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="I43" s="4" t="s">
         <v>466</v>
       </c>
-      <c r="F43" s="4" t="s">
+      <c r="J43" s="4" t="s">
         <v>467</v>
       </c>
-      <c r="G43" s="4" t="s">
-[...5 lines deleted...]
-      <c r="I43" s="4" t="s">
+      <c r="K43" s="4" t="s">
         <v>468</v>
       </c>
-      <c r="J43" s="4" t="s">
+      <c r="L43" s="4" t="s">
         <v>469</v>
       </c>
-      <c r="K43" s="4" t="s">
+      <c r="M43" s="4" t="s">
         <v>470</v>
       </c>
-      <c r="L43" s="4" t="s">
+      <c r="N43" s="4" t="s">
         <v>471</v>
-      </c>
-[...4 lines deleted...]
-        <v>473</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="D44" s="5" t="s">
         <v>474</v>
       </c>
-      <c r="B44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="5" t="s">
+      <c r="E44" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="F44" s="5" t="s">
         <v>475</v>
       </c>
-      <c r="D44" s="5" t="s">
+      <c r="G44" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="H44" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="E44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="5" t="s">
+      <c r="I44" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="G44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H44" s="5" t="s">
+      <c r="J44" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="K44" s="5" t="s">
         <v>478</v>
       </c>
-      <c r="I44" s="5" t="s">
+      <c r="L44" s="5" t="s">
         <v>479</v>
       </c>
-      <c r="J44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K44" s="5" t="s">
+      <c r="M44" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="L44" s="5" t="s">
+      <c r="N44" s="5" t="s">
         <v>481</v>
-      </c>
-[...4 lines deleted...]
-        <v>483</v>
       </c>
       <c r="O44" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="D45" s="4" t="s">
         <v>484</v>
       </c>
-      <c r="B45" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="4" t="s">
+      <c r="E45" s="4" t="s">
         <v>485</v>
       </c>
-      <c r="D45" s="4" t="s">
+      <c r="F45" s="4" t="s">
         <v>486</v>
       </c>
-      <c r="E45" s="4" t="s">
+      <c r="G45" s="4" t="s">
         <v>487</v>
       </c>
-      <c r="F45" s="4" t="s">
+      <c r="H45" s="4" t="s">
         <v>488</v>
       </c>
-      <c r="G45" s="4" t="s">
+      <c r="I45" s="4" t="s">
         <v>489</v>
       </c>
-      <c r="H45" s="4" t="s">
+      <c r="J45" s="4" t="s">
         <v>490</v>
       </c>
-      <c r="I45" s="4" t="s">
+      <c r="K45" s="4" t="s">
         <v>491</v>
       </c>
-      <c r="J45" s="4" t="s">
+      <c r="L45" s="4" t="s">
         <v>492</v>
       </c>
-      <c r="K45" s="4" t="s">
+      <c r="M45" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="N45" s="4" t="s">
         <v>493</v>
       </c>
-      <c r="L45" s="4" t="s">
+      <c r="O45" s="4" t="s">
         <v>494</v>
-      </c>
-[...7 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="D46" s="5" t="s">
         <v>497</v>
       </c>
-      <c r="B46" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="5" t="s">
+      <c r="E46" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="F46" s="5" t="s">
         <v>498</v>
       </c>
-      <c r="D46" s="5" t="s">
+      <c r="G46" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="H46" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="E46" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="5" t="s">
+      <c r="I46" s="5" t="s">
         <v>500</v>
       </c>
-      <c r="G46" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H46" s="5" t="s">
+      <c r="J46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K46" s="5" t="s">
         <v>501</v>
       </c>
-      <c r="I46" s="5" t="s">
+      <c r="L46" s="5" t="s">
         <v>502</v>
       </c>
-      <c r="J46" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K46" s="5" t="s">
+      <c r="M46" s="5" t="s">
         <v>503</v>
       </c>
-      <c r="L46" s="5" t="s">
+      <c r="N46" s="5" t="s">
         <v>504</v>
-      </c>
-[...4 lines deleted...]
-        <v>506</v>
       </c>
       <c r="O46" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="s">
+        <v>505</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="D47" s="4" t="s">
         <v>507</v>
       </c>
-      <c r="B47" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="4" t="s">
+      <c r="E47" s="4" t="s">
         <v>508</v>
       </c>
-      <c r="D47" s="4" t="s">
+      <c r="F47" s="4" t="s">
         <v>509</v>
       </c>
-      <c r="E47" s="4" t="s">
+      <c r="G47" s="4" t="s">
         <v>510</v>
       </c>
-      <c r="F47" s="4" t="s">
+      <c r="H47" s="4" t="s">
         <v>511</v>
       </c>
-      <c r="G47" s="4" t="s">
+      <c r="I47" s="4" t="s">
         <v>512</v>
       </c>
-      <c r="H47" s="4" t="s">
+      <c r="J47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K47" s="4" t="s">
         <v>513</v>
       </c>
-      <c r="I47" s="4" t="s">
+      <c r="L47" s="4" t="s">
         <v>514</v>
       </c>
-      <c r="J47" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K47" s="4" t="s">
+      <c r="M47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="N47" s="4" t="s">
         <v>515</v>
-      </c>
-[...7 lines deleted...]
-        <v>517</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="D48" s="5" t="s">
         <v>518</v>
       </c>
-      <c r="B48" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="5" t="s">
+      <c r="E48" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="D48" s="5" t="s">
+      <c r="F48" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="E48" s="5" t="s">
+      <c r="G48" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>521</v>
       </c>
-      <c r="F48" s="5" t="s">
+      <c r="I48" s="5" t="s">
         <v>522</v>
       </c>
-      <c r="G48" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H48" s="5" t="s">
+      <c r="J48" s="5" t="s">
         <v>523</v>
       </c>
-      <c r="I48" s="5" t="s">
+      <c r="K48" s="5" t="s">
         <v>524</v>
       </c>
-      <c r="J48" s="5" t="s">
+      <c r="L48" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="K48" s="5" t="s">
+      <c r="M48" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="L48" s="5" t="s">
+      <c r="N48" s="5" t="s">
         <v>527</v>
-      </c>
-[...4 lines deleted...]
-        <v>529</v>
       </c>
       <c r="O48" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="D49" s="4" t="s">
         <v>530</v>
       </c>
-      <c r="B49" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="4" t="s">
+      <c r="E49" s="4" t="s">
         <v>531</v>
       </c>
-      <c r="D49" s="4" t="s">
+      <c r="F49" s="4" t="s">
         <v>532</v>
       </c>
-      <c r="E49" s="4" t="s">
+      <c r="G49" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="H49" s="4" t="s">
         <v>533</v>
       </c>
-      <c r="F49" s="4" t="s">
+      <c r="I49" s="4" t="s">
         <v>534</v>
       </c>
-      <c r="G49" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H49" s="4" t="s">
+      <c r="J49" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K49" s="4" t="s">
         <v>535</v>
       </c>
-      <c r="I49" s="4" t="s">
+      <c r="L49" s="4" t="s">
         <v>536</v>
       </c>
-      <c r="J49" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K49" s="4" t="s">
+      <c r="M49" s="4" t="s">
         <v>537</v>
       </c>
-      <c r="L49" s="4" t="s">
+      <c r="N49" s="4" t="s">
         <v>538</v>
-      </c>
-[...4 lines deleted...]
-        <v>540</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="D50" s="5" t="s">
         <v>541</v>
       </c>
-      <c r="B50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="5" t="s">
+      <c r="E50" s="5" t="s">
         <v>542</v>
       </c>
-      <c r="D50" s="5" t="s">
+      <c r="F50" s="5" t="s">
         <v>543</v>
       </c>
-      <c r="E50" s="5" t="s">
+      <c r="G50" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="H50" s="5" t="s">
         <v>544</v>
       </c>
-      <c r="F50" s="5" t="s">
+      <c r="I50" s="5" t="s">
         <v>545</v>
       </c>
-      <c r="G50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H50" s="5" t="s">
+      <c r="J50" s="5" t="s">
         <v>546</v>
       </c>
-      <c r="I50" s="5" t="s">
+      <c r="K50" s="5" t="s">
         <v>547</v>
       </c>
-      <c r="J50" s="5" t="s">
+      <c r="L50" s="5" t="s">
         <v>548</v>
       </c>
-      <c r="K50" s="5" t="s">
+      <c r="M50" s="5" t="s">
         <v>549</v>
       </c>
-      <c r="L50" s="5" t="s">
+      <c r="N50" s="5" t="s">
         <v>550</v>
-      </c>
-[...4 lines deleted...]
-        <v>552</v>
       </c>
       <c r="O50" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>552</v>
+      </c>
+      <c r="D51" s="4" t="s">
         <v>553</v>
       </c>
-      <c r="B51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="4" t="s">
+      <c r="E51" s="4" t="s">
         <v>554</v>
       </c>
-      <c r="D51" s="4" t="s">
+      <c r="F51" s="4" t="s">
         <v>555</v>
       </c>
-      <c r="E51" s="4" t="s">
+      <c r="G51" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="H51" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="I51" s="4" t="s">
         <v>556</v>
       </c>
-      <c r="F51" s="4" t="s">
+      <c r="J51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K51" s="4" t="s">
         <v>557</v>
       </c>
-      <c r="G51" s="4" t="s">
-[...5 lines deleted...]
-      <c r="I51" s="4" t="s">
+      <c r="L51" s="4" t="s">
         <v>558</v>
       </c>
-      <c r="J51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K51" s="4" t="s">
+      <c r="M51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="N51" s="4" t="s">
         <v>559</v>
-      </c>
-[...7 lines deleted...]
-        <v>561</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="D52" s="5" t="s">
         <v>562</v>
       </c>
-      <c r="B52" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="5" t="s">
+      <c r="E52" s="5" t="s">
         <v>563</v>
       </c>
-      <c r="D52" s="5" t="s">
+      <c r="F52" s="5" t="s">
         <v>564</v>
       </c>
-      <c r="E52" s="5" t="s">
+      <c r="G52" s="5" t="s">
         <v>565</v>
       </c>
-      <c r="F52" s="5" t="s">
+      <c r="H52" s="5" t="s">
         <v>566</v>
       </c>
-      <c r="G52" s="5" t="s">
+      <c r="I52" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="H52" s="5" t="s">
+      <c r="J52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K52" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="I52" s="5" t="s">
+      <c r="L52" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="J52" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K52" s="5" t="s">
+      <c r="M52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N52" s="5" t="s">
         <v>570</v>
-      </c>
-[...7 lines deleted...]
-        <v>572</v>
       </c>
       <c r="O52" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="D53" s="4" t="s">
         <v>573</v>
       </c>
-      <c r="B53" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="4" t="s">
+      <c r="E53" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="F53" s="4" t="s">
         <v>574</v>
       </c>
-      <c r="D53" s="4" t="s">
+      <c r="G53" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="H53" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="I53" s="4" t="s">
         <v>575</v>
       </c>
-      <c r="E53" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F53" s="4" t="s">
+      <c r="J53" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K53" s="4" t="s">
         <v>576</v>
       </c>
-      <c r="G53" s="4" t="s">
-[...5 lines deleted...]
-      <c r="I53" s="4" t="s">
+      <c r="L53" s="4" t="s">
         <v>577</v>
       </c>
-      <c r="J53" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K53" s="4" t="s">
+      <c r="M53" s="4" t="s">
         <v>578</v>
       </c>
-      <c r="L53" s="4" t="s">
+      <c r="N53" s="4" t="s">
         <v>579</v>
-      </c>
-[...4 lines deleted...]
-        <v>581</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>582</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="5" t="s">
+      <c r="E54" s="5" t="s">
         <v>583</v>
       </c>
-      <c r="D54" s="5" t="s">
+      <c r="F54" s="5" t="s">
         <v>584</v>
       </c>
-      <c r="E54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="5" t="s">
+      <c r="G54" s="5" t="s">
         <v>585</v>
       </c>
-      <c r="G54" s="5" t="s">
+      <c r="H54" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="I54" s="5" t="s">
         <v>586</v>
       </c>
-      <c r="H54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I54" s="5" t="s">
+      <c r="J54" s="5" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>588</v>
       </c>
       <c r="L54" s="5" t="s">
         <v>589</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>590</v>
       </c>
       <c r="N54" s="5" t="s">
         <v>591</v>
       </c>
       <c r="O54" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
         <v>592</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C55" s="4" t="s">
@@ -5081,69 +5081,69 @@
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
         <v>613</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>614</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>615</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>616</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>617</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>613</v>
       </c>
       <c r="H57" s="4" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="I57" s="4" t="s">
         <v>618</v>
       </c>
       <c r="J57" s="4" t="s">
         <v>619</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>620</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>621</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>622</v>
       </c>
       <c r="N57" s="4" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>623</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>624</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>625</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>626</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>627</v>
       </c>
       <c r="G58" s="5" t="s">
@@ -5181,157 +5181,157 @@
       <c r="B59" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>636</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>637</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>87</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>638</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>635</v>
       </c>
       <c r="H59" s="4" t="s">
         <v>46</v>
       </c>
       <c r="I59" s="4" t="s">
         <v>639</v>
       </c>
       <c r="J59" s="4" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>640</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>641</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>642</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>643</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>644</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>645</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>646</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>643</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>647</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>648</v>
       </c>
       <c r="L60" s="5" t="s">
         <v>649</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>650</v>
       </c>
       <c r="N60" s="5" t="s">
         <v>651</v>
       </c>
       <c r="O60" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="4" t="s">
         <v>652</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>653</v>
       </c>
       <c r="E61" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="F61" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="G61" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="H61" s="4" t="s">
         <v>521</v>
       </c>
-      <c r="F61" s="4" t="s">
+      <c r="I61" s="4" t="s">
         <v>522</v>
-      </c>
-[...7 lines deleted...]
-        <v>524</v>
       </c>
       <c r="J61" s="4" t="s">
         <v>654</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>655</v>
       </c>
       <c r="L61" s="4" t="s">
+        <v>525</v>
+      </c>
+      <c r="M61" s="4" t="s">
+        <v>525</v>
+      </c>
+      <c r="N61" s="4" t="s">
         <v>527</v>
-      </c>
-[...4 lines deleted...]
-        <v>529</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>656</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>657</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>658</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>659</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>660</v>
       </c>
       <c r="G62" s="5" t="s">
@@ -5410,192 +5410,192 @@
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
         <v>677</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>678</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>679</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>680</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>681</v>
       </c>
       <c r="G64" s="5" t="s">
         <v>677</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>682</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>683</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>684</v>
       </c>
       <c r="L64" s="5" t="s">
         <v>685</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>686</v>
       </c>
       <c r="N64" s="5" t="s">
         <v>687</v>
       </c>
       <c r="O64" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4" t="s">
         <v>688</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>689</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>690</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>691</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>688</v>
       </c>
       <c r="H65" s="4" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="I65" s="4" t="s">
         <v>692</v>
       </c>
       <c r="J65" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>693</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>694</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>695</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>696</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
         <v>697</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>698</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>699</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>700</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>701</v>
       </c>
       <c r="G66" s="5" t="s">
         <v>702</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>703</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>704</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>705</v>
       </c>
       <c r="L66" s="5" t="s">
         <v>706</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>707</v>
       </c>
       <c r="N66" s="5" t="s">
         <v>708</v>
       </c>
       <c r="O66" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="4" t="s">
         <v>709</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>710</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>711</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>712</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>709</v>
       </c>
       <c r="H67" s="4" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="I67" s="4" t="s">
         <v>713</v>
       </c>
       <c r="J67" s="4" t="s">
         <v>714</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>715</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>716</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>717</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
@@ -5636,192 +5636,192 @@
       </c>
       <c r="M68" s="5" t="s">
         <v>727</v>
       </c>
       <c r="N68" s="5" t="s">
         <v>728</v>
       </c>
       <c r="O68" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="4" t="s">
         <v>729</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>730</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>731</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>732</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>729</v>
       </c>
       <c r="H69" s="4" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="I69" s="4" t="s">
         <v>733</v>
       </c>
       <c r="J69" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>734</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>735</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>736</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>737</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>738</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>739</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>740</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>741</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>742</v>
       </c>
       <c r="G70" s="5" t="s">
         <v>743</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>744</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>745</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>746</v>
       </c>
       <c r="L70" s="5" t="s">
         <v>747</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>748</v>
       </c>
       <c r="N70" s="5" t="s">
         <v>749</v>
       </c>
       <c r="O70" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4" t="s">
         <v>750</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C71" s="4" t="s">
         <v>751</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>752</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>753</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>754</v>
       </c>
       <c r="H71" s="4" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="I71" s="4" t="s">
         <v>755</v>
       </c>
       <c r="J71" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>756</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>757</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>758</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>759</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>760</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>761</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>762</v>
       </c>
       <c r="G72" s="5" t="s">
         <v>759</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>763</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>764</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>765</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>766</v>
       </c>
       <c r="L72" s="5" t="s">
         <v>767</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>768</v>
       </c>